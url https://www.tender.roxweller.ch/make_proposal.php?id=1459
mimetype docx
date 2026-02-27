--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.07 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ Boegli Jardins Architect. 20 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467288?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-28 18:12</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-02-27 18:50</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>