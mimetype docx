--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -13,75 +13,75 @@
     Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"
     Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Roxweller GmbH</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">🏗️ Project Proposal</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Title: transformations d'un appartement duplex en deux appartements distincts (un appartement par étage),</w:t>
+        <w:t xml:space="preserve">Title: Einbau eines Dachfensters gegen die Südwestseite des Hauses</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Source: OLMERO_EMAIL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Published: 2025-11-20 07:02:36</w:t>
+        <w:t xml:space="preserve">Published: 2025-11-18 07:02:41</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Budget: 0.15 mil. SFr Construction start Jan 2026 ‍ Planning/detailed stage Building application submitted ‍ Chantal Saner 2300 La Chaux-de-Fonds Promoter. 19 Nov 2025 Task5-S SA Architect. 19 Nov 2025 ‍</w:t>
+        <w:t xml:space="preserve">Budget: 0.1 mil. SFr Construction start Feb 2026 ‍ Planning/detailed stage Building application submitted ‍ Rolf und Corina Glanzmann 4105 Biel-Benken Promoter. 17 Nov 2025 ‍</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1467073?set_client_id=26509</w:t>
+        <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1465614?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-28 18:13</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-02-27 18:53</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>