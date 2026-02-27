--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.15 mil. SFr | Architekt: ur und Bauplanung AG | Baustart: Jan 2026 ‍ Planung/detaillierte | Phase: Baugesuch eingereicht ‍ Gisler</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1463555?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2025-12-28 18:11</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-02-27 18:49</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>