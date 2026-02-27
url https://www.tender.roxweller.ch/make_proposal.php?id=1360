--- v1 (2026-02-27)
+++ v2 (2026-02-27)
@@ -53,35 +53,35 @@
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Description:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">Budget: 0.15 mil. SFr | Architekt: ur und Bauplanung AG | Baustart: Jan 2026 ‍ Planung/detaillierte | Phase: Baugesuch eingereicht ‍ Gisler</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">───────────────────────────────</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:t xml:space="preserve">URL: https://smart.olmero.ch/sales/my-projects/1463555?set_client_id=26509</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
-        <w:t xml:space="preserve">Generated at: 2026-02-27 18:49</w:t>
+        <w:t xml:space="preserve">Generated at: 2026-02-27 20:39</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>